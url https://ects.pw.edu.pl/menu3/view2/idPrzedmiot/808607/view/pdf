--- v0 (2025-12-26)
+++ v1 (2026-03-03)
@@ -12,658 +12,658 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Bezpieczeństwo w systemach kierowania i sterowania ruchem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr hab. inż.Wiesław Zabłocki, prof. nzw. Wydział Transportu Politechniki Warszawskiej,  Zakład Sterowania Ruchem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Transport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Specjalnościowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">TR.NM .......</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">3 / rok ak. 2016/2017</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">60 godzin, w tym: praca na zajęciach 18 godz., studiowanie literatury przedmiotu 27 godz., konsultacje 3 godz., udział w egzaminach 2 godz., przygotowanie do egzaminu 10 godz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,0 pkt. ECTS (23 godzin, w tym: praca na zajęciach 18 godz., konsultacje 3 godz., udział w egzaminach 2 godz.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Znajomość pojęć z zakresu: 1) automatyki, elektroniki, informatyki, telekomunikacji i teorii niezawodności,
 2) podstaw teorii systemów,
 3) podstaw teorii sterowania,
 4) metod kierowania i sterowania ruchem w transporcie.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot ma celu przekazanie wiedzy obejmującej:
 1. Pojęcie bezpieczeństwa i specyficzne własności bezpieczeństwa i wymagania bezpiecznych systemów kierowania i sterowania w transporcie drogowym, kolejowym i lotniczym.
 2. Wskaźniki oceny poziomu bezpieczeństwa systemów i urządzeń w transporcie drogowym, kolejowym i lotniczym w odniesieniu do systemów kierowania i sterowania.
 3. Metody projektowania bezpiecznych systemów kierowania i sterowania w transporcie drogowym, kolejowym i lotniczym.
 4. Wybrane elementy analizy bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Wprowadzenie do zagadnień bezpieczeństwa i specyfika bezpieczeństwa w systemach kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym.
 2. Wskaźniki i parametry bezpieczeństwa stosowane w systemach kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym.
 3. Techniki zapewnienia bezpieczeństwa. Struktury sprzętowe i struktury oprogramowania bezpiecznych systemów kierowania i sterowania w transporcie drogowym, kolejowym i lotniczym.
 4. Metody analizy bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym.
 5. Regulacje techniczno-prawne dotyczące bezpieczeństwa systemów kierowania i sterowania ruchem z uwzględnieniem zaleceń i standardów obowiązujących w UE w transporcie drogowym, kolejowym i lotniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Efekty kształcenia są oceniane na podstawie egzaminu pisemnego. W trakcie egzaminu studenci otrzymują 3 pytania (zagadnienia), po jednym pytaniu dotyczącym bezpieczeństwa systemów kierowania i sterowania ruchem, odpowiednio w transporcie drogowym, kolejowym i lotniczym. Wymagane jest udzielenie co najmniej częściowo poprawnej odpowiedzi na każde pytanie. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania kontrolujące wiedzę z poprzednich wykładów, a także pytania inspirujące rozmowy lub dyskusje ze studentami.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Pozycje zasadnicze – książki lub/i skrypty:
 A. W zakresie bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie kolejowym.
 1. Dąbrowa-Bajon M., Podstawy sterowania ruchem
 kolejowym, Oficyna Wydawnicza Politechniki Warszawskiej, Warszawa 2014, 
 2. Instrukcja Ie-4 (WTB-E10) Wytyczne techniczne budowy urządzeń sterowania ruchem kolejowym PKP Polskie Linie Kolejowe 2013, 
 3. Żurkowski A., Pawlik M., Ruch i przewozy kolejowe.
 Sterowanie ruchem, Wydawca: PKP Polskie Linie Kolejowe S.A., Warszawa 2010, 
 Pozycje uzupełniające: 
 1. Karbowiak H., Bezpieczeństwo ruchu w transporcie, Monografie,
 Politechnika Łódzka, Łódź 2011.
 Inne materiały: 
 1. Normy:
 a) PN-EN 50126:2002 (U) Zastosowania kolejowe. Specyfikacja niezawodności, dostępności, podatności utrzymaniowej i bezpieczeństwa.
 b) PN-EN 50126:2002 (U) Zastosowania kolejowe. Specyfikowanie i wykazywanie nieuszkadzalności, gotowości, obsługiwalności i bezpieczeństwa (RAMS). Wymagania podstawowe i procesy ogólnego przeznaczenia.
 c) PN-EN 50128:2002 (U) Zastosowania kolejowe. Łączność, sygnalizacja i systemy sterowania. Oprogramowanie dla kolejowych systemów sterowania
 i zabezpieczenia.
 d) PN-EN 50129:2007 Zastosowania kolejowe. Systemy łączności, przetwarzania danych i sterowania ruchem. Elektroniczne systemy sygnalizacji
@@ -673,135 +673,135 @@
 2. Dyrektywy, decyzje, dokumenty i inne regulacje formalno-prawne Parlamentu Europejskiego, Komisji Europejskiej i rządu polskiego. Druki reklamowe, materiały informacyjne i strony www producentów systemów i urządzeń.
 3. Czasopisma branżowe.
 B. W zakresie bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie drogowym.
 Krystek R., Zintegrowany System Bezpieczeństwa Transportu, tom 1., 2., i 3. WKiŁ, Warszawa 2009.
 C. W zakresie bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie lotniczym.
 1. Malarski M., Inżynieria ruchu lotniczego, Oficyna Wydawnicza Politechniki Warszawskiej, Warszawa 2006.
 2. Skorupski J., Hierarchiczny system Zarządzania ruchem lotniczym – aspekty oceny
 bezpieczeństwa, Logistyka (ISSN 1231-5478) No 6, Instytut Logistyki i
 Magazynowania, Poznań, 2008.
 3. Skorupski J., Metody wymiarowania bezpieczeństwa ruchu lotniczego, Prace Naukowe
 Politechniki Warszawskiej, seria Transport, z. 66, Warszawa 2008.
 4. Żylicz M., Prawo Lotnicze międzynarodowe, europejskie i krajowe, Wydawnictwo
 Prawnicze Lexis Nexis, Warszawa 2002.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">www.wt.pw.edu.pl</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przedmiot będzie realizowany w trzech częściach obejmujących zagadnienia bezpieczeństwa systemów kierowania i sterowania ruchem, odpowiednio w transporcie kolejowym, drogowym i lotniczym.
 1. W zakresie transportu kolejowego – wykład będzie realizować dr inż. Leszek Konopiński z Zakładu Sterowania Ruchem.
 2. W zakresie transportu drogowego – wykład będzie realizować mgr inż. Tomasz Krukowicz z Zakładu Sterowania Ruchem.
 3. W zakresie transportu lotniczego – wykład będzie realizować prof. nzw. Jacek Skorupski z Zakładu Inżynierii Ruchu Lotniczego.
 O ile nie powoduje to zmian w zakresie powiązań danego modułu zajęć z  kierunkowymi efektami kształcenia w treściach kształcenia mogą być wprowadzane na bieżąco zmiany związane z uwzględnieniem najnowszych osiągnięć naukowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W01: </w:t>
+        <w:t xml:space="preserve">Effect W01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie bezpieczeństwa i specyfiki bezpieczeństwa w transporcie drogowym, kolejowym i lotniczym: 1. Potrafi zdefiniować pojęcie i znaczenie bezpieczeństwa w kierowaniu i sterowaniu ruchem. 2. Rozumie znaczenie wskaźników niezawodności i bezpieczeństwa, ich interpretację oraz potrafi się nimi posługiwać.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. W trakcie egzaminu studenci otrzymują 3 pytania (zagadnienia), po jednym pytaniu dotyczącym bezpieczeństwa systemów kierowania i sterowania ruchem, odpowiednio w transporcie drogowym, kolejowym i lotniczym. Wymagane jest udzielenie co najmniej częściowo poprawnej odpowiedzi na każde pytanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
@@ -811,67 +811,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W07, InzA_W02, T2A_W04, InzA_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W02: </w:t>
+        <w:t xml:space="preserve">Effect W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna techniki, w tym metodę RAMS, projektowania, budowy i doboru bezpiecznych systemów kierowania i sterowania ruchem w odniesieniu do struktur sprzętowych i programowych w transporcie drogowym, kolejowym i lotniczym z uwzględnieniem metodyki wyznaczania wybranych wskaźników bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. W trakcie egzaminu studenci otrzymują 3 pytania (zagadnienia), po jednym pytaniu dotyczącym bezpieczeństwa systemów kierowania i sterowania ruchem, odpowiednio w transporcie drogowym, kolejowym i lotniczym. Wymagane jest udzielenie co najmniej częściowo poprawnej odpowiedzi na każde pytanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06</w:t>
@@ -881,227 +881,227 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W04, InzA_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W03: </w:t>
+        <w:t xml:space="preserve">Effect W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wybrane elementy analizy bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym. Zna podstawowe regulacje techniczno-prawne dotyczące projektowania i wdrażania bezpiecznych systemów kierowania i sterowania ruchem w transporcie drogowym, kolejowym i lotniczym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin. W trakcie egzaminu studenci otrzymują 3 pytania (zagadnienia), po jednym pytaniu dotyczącym bezpieczeństwa systemów kierowania i sterowania ruchem, odpowiednio w transporcie drogowym, kolejowym i lotniczym. Wymagane jest udzielenie co najmniej częściowo poprawnej odpowiedzi na każde pytanie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W08, InzA_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U01: </w:t>
+        <w:t xml:space="preserve">Effect U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić właściwości i wymagania techniczne oraz funkcjonalne bezpiecznego systemu kierowania i sterowania ruchem. Potrafi przeprowadzić analizę klasyfikacji systemu kierowania i sterowania ruchem w odniesieniu do wskaźników bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Każde z pytań egzaminacyjnych będzie zawierać rozszerzenie sprawdzające poziom umiejętności. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania dotyczące umiejętności lub także pytania inspirujące rozmowy lub dyskusje ze studentami z tego zakresu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U18, InzA_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt K01: </w:t>
+        <w:t xml:space="preserve">Effect K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie bezpieczeństwa systemów kierowania i sterowania ruchem w transporcie. Potrafi wskazać podstawowe dokumenty unijne i krajowe (ustawy, zarządzenia, instrukcje i inne) oraz normy, które są podstawą wymiany informacji w zespołach projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jedno z pytań egzaminacyjnych będzie zawierać rozszerzenie dotyczące kompetencji społecznych. Ponadto w trakcie zajęć mogą być zadawane krótkie sprawdzające pytania odnoszące się do kompetencji społecznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_K01</w:t>