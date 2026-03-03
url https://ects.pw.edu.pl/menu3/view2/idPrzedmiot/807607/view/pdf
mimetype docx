--- v0 (2025-12-26)
+++ v1 (2026-03-03)
@@ -12,793 +12,793 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Złożone konstrukcje betonowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr inż. / Krzysztof Kamiński / adiunkt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Budownictwo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wspólne dla specjalności (KB)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">BN2A_15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1 / rok ak. 2016/2017</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład 20h; Ćwiczenia 10h; Projekt 10h;
 Przygotowanie się do zajęć 15h;
 Zapoznanie się ze wskazaną literaturą 25h;
 Opracowanie wyników  25h;
 Napisanie sprawozdania 5h;
 Przygotowanie do zaliczenia 10h;
 Przygotowanie do kolokwium 10h;
 Przygotowanie do egzaminu 20h;
 Razem 150h = 6 ECTS
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykłady - 20h; Ćwiczenia - 10h; Projekty - 10h; Razem 40h = 1,6 ECTS
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt 10h;
 Przygotowanie się do zajęć 5h;
 Zapoznanie się ze wskazaną literaturą 5h;
 Opracowanie wyników  15h;
 Napisanie sprawozdania 5h;
 Przygotowanie do zaliczenia 10h;
 Razem 50h = 2 ECTS
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">300h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">150h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">150h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Konstrukcje betonowe 1 i 2
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykłady: min. 15; Ćwiczenia 15-30; Projekty: 10.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Celem nauczania jest nabycie przez studentów umiejętności projektowania elementów i konstrukcji żelbetowych uwzględnieniem redystrybucji sił wewnętrznych, zrozumienie istoty powłokowych i sprężonych konstrukcji żelbetowych i ich nieliniowej charakterystyki. Zapoznanie z zasadami idealizacji nieliniowej zachowania się konstrukcji. Zrozumienie istoty zjawiska redystrybucji sił wewnętrznych pod obciążeniem długotrwałym.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W1- Idealizacje konstrukcji żelbetowych z uwzględnieniem ich nieliniowego zachowania.                                               
 W2- Redystrybucja sił wewnętrznych w układach belkowych i powłokowych.                                                                  
 W3- Specyfika obliczania i konstruowania tarcz, tarczownic i belek ścian.                                                                         W4- Obliczanie i konstruowanie prostopadłościennych zbiorników żelbetowych na wodę i ścieki.                                          
 W5- Konstrukcje powłokowe.                                               
 W6- Obliczanie i konstruowanie silosów.                                    W7- Obliczanie i konstruowanie chłodni kominowych.        
 W8- Projektowanie konstrukcji sprężonych.                                     
 W9- Hale przemysłowe o konstrukcji szkieletowej w układzie przestrzennym.                                                                       W10- Obliczanie i konstrowanie ścian oporowych
 C1 -C10
 Rozwiązywanie przykładowych zadań projektowych umożliwiających nabycie umiejętności identyfikowania problemów technicznych wymagających zastosowania nietypowych metod analizy. Praktyczne zastosowanie wiedzy przekazanej na wykładzie
 P1-P10
 Przykładowe zadania projektowe: zbiornik prostopadłościenny wielokomorowy na wodę, projekt wzmocnienia konstrukcji hali przez zastosowanie konstrukcji zespolonych oraz tarcz, zbiornik walcowy na ścieki z zastosowaniem sprężenia, projekt dźwigara sprężonego
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawą zaliczenia przedmiotu jest obecność na ćwiczeniach projektowych, uzyskanie pozytywnej oceny z kolokwium. Wykonanie i obrona projektu. 
 Warunkiem zaliczenia przedmiotu jest uzyskanie pozytywnych ocen ze wszystkich rygorów. Ocena jest średnią ważoną ze wszystkich uzyskanych pozytywnych ocen cząstkowych.
 Podstawą zaliczenia przedmiotu jest obecność na ćwiczeniach projektowych, wykonanie (ocena 2-5) i obrona projektu (ocena 2-5) oraz pozytywny wynik kolokwium (min. 6 na 10pkt.). Ocena końcowa jest średnią ważoną ocen z projektu (waga 0,3) i egzaminu (waga 0,7).
  Ocena z kolokwium:
 6,0 – 6,7 – ocena 3;
 6,8 – 7,5 – ocena 3,5;
 7,6 – 8,3 – ocena 4;
 8,4 – 9,1 – ocena 4,5;
 9,2 –10,0 – ocena 5.
 Student może się kontaktować z prowadzącym w celu uzupełnienia braków przez pocztę elektroniczną oraz konsultacje.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1.Kobiak J. Stachurski W. „Konstrukcje żelbetowe” tom 2 Arkady 1987
 2.Kobiak J. Stachurski W. „Konstrukcje żelbetowe” tom 3 Arkady 1989
 3.Kobiak J. Stachurski W. „Konstrukcje żelbetowe” tom 4 Arkady 1991
 4.Grabiec K.: „Konstrukcje cienkościenne”, PWN 2003
 5.Ajdukiewicz A. Mames J. „Konstrukcje z betonu sprężonego”’ 6.Kraków, Polski Cement. 2004                          
 7.Halicka A., Franczak D., Projektowanie zbiorników żelbetowych na materiały sypkie. T.1, PWN Warszawa 2011
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">brak</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W04_01: </w:t>
+        <w:t xml:space="preserve">Effect W04_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada  wiedzę w zakresie geometrycznego kształtowania przestrzennych obiektów i elementów budowlanych, wyznaczania w nich sił przekrojowych, naprężeń, odkształceń i przemieszczeń, wymiarowania i konstruowania przestrzennych konstrukcji powłokowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1- P10), Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_W04_01</w:t>
@@ -808,147 +808,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt W07_01: </w:t>
+        <w:t xml:space="preserve">Effect W07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność różnych procedur i narzędzi rozwiązywania  zadań inżynierskich w zakresie wymiarowania przestrzennych konstrukcji żelbetowych i wybrać właściwą procedurę, umie modelować przestrzenne obiekty budowlane i posługiwać się programami do obliczeń statycznych 3D, rozumie otrzymywane wyniki w postaci liczbowej oraz wykresów, zna podstawowe metody i techniki wykonywania rysunków technicznych przy uzyciu oprogramowania CAD</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1- P10), Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_W07_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U02_02: </w:t>
+        <w:t xml:space="preserve">Effect U02_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zestawiać i formatować w przejrzysty sposób dane oraz wyniki obliczeń uzyskanych z programów komputerowych. Wykorzystuje oprogramowanie komputerowe do obliczeń i rysunków, do opracowania i prezentacji wykonanego projektu konstrukcyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1- P10), Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U02_02</w:t>
@@ -958,67 +958,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U07_01: </w:t>
+        <w:t xml:space="preserve">Effect U07_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zestawiać i formatować w przejrzysty sposób dane oraz wyniki obliczeń uzyskanych z programów komputerowych. Potrafi wykorzystać dostępne oprogramowanie do opracowania i prezentacji wykonanego projektów. Wykorzystuje oprogramowanie komputerowe do obliczeń i rysunków. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1- P10), Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U07_01</w:t>
@@ -1028,67 +1028,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U08_01: </w:t>
+        <w:t xml:space="preserve">Effect U08_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi analizować i interpretować otrzymane w wyniku obliczeń wielkości i formułować wnioski prowadzące do optymalizacji przyjętych wymiarów przestrzennych układów konstrukcyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1- P10), Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U08_01</w:t>
@@ -1098,67 +1098,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U14_01: </w:t>
+        <w:t xml:space="preserve">Effect U14_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi identyfikować schematy statyczne konstrukcji przestrzennych w celu jej wymiarowania. Potrafi wyspecyfikować problemy analityczne i decyzyjne w projektowaniu przestrzennych układów konstrukcji stropów i ram</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1-P10) Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U14_01</w:t>
@@ -1168,67 +1168,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T2A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Efekt U17_01: </w:t>
+        <w:t xml:space="preserve">Effect U17_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać specyfikacji działań inżynierskich koniecznych do wykonania żelbetowego obiektu budowlanego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Projekt (P1-P10) Pisemny egzamin opisowy (W1-W10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U17_01</w:t>