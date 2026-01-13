--- v0 (2025-10-26)
+++ v1 (2026-01-13)
@@ -12,758 +12,758 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Name of course: </w:t>
+        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Podstawy Konstrukcji Maszyn VI </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Coordinator of course: </w:t>
+        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr inż. Jacek Gadomski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Type of course: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Programme: </w:t>
+        <w:t xml:space="preserve">Status przedmiotu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obowiązkowy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poziom kształcenia: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studia I stopnia</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Program: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Lotnictwo i Kosmonautyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Group of courses: </w:t>
+        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obowiązkowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Code of course: </w:t>
+        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">NK368</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nominal semester: </w:t>
+        <w:t xml:space="preserve">Semestr nominalny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">6 / rok ak. 2013/2014</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
+        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Liczba godzin kontaktowych: 35, w tym:
 a) 30 godz. - projekt
 b) 5 godz. - konsultacje
 2. Praca własna studenta: 15 godz., w tym:
 a) 15 godz. - praca nad przygotowaniem projektu konstrukcyjnego
 3. Razem - 50 godzin = 2 punkty ECTS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
+        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,4 punktu ECTS - liczba godzin kontaktowych: 35, w tym:
 a) 30 godz. - projekt
 b) 5 godz. - konsultacje
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Language of course: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
+        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polski</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1,8 punktu ECTS - 45 godz., w tym  a) uczestnictwo w zajęciach projektowych - 30 godz.
 b) 15 godz. pracy własnej - przygotowanie projektu konstrukcyjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
+        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lecture: </w:t>
+              <w:t xml:space="preserve">Wykład: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Exercise type of course: </w:t>
+              <w:t xml:space="preserve">Ćwiczenia: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratory: </w:t>
+              <w:t xml:space="preserve">Laboratorium: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Project type of course: </w:t>
+              <w:t xml:space="preserve">Projekt: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">30h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Computer lessons: </w:t>
+              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Preliminary requirements: </w:t>
+        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wytrzymałość Konstrukcji II, Materiały I, Materiały lotnicze, Techniki Wytwarzania II, Podstawy Konstrukcji Maszyn III, Zapis Konstrukcji CAD II, Zintegrowane systemy CAD/CAM/CAE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit of students: </w:t>
+        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Purpose of course: </w:t>
+        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Nauczenie studentów zasad wykonywania projektów konstrukcyjno-obliczeniowych podzespołów lotniczych lub układów napędowych. Student nabywa umiejętności samodzielnego przeprowadzenia procesu konstruowania zakończonego wykonaniem dokumentacji rysunkowej urządzenia oraz obliczeń w zakresie mechaniki i wytrzymałości materiałów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Contents of education: </w:t>
+        <w:t xml:space="preserve">Treści kształcenia: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Między innymi projekty podzespołów statków latających. Kształtowanie elementów urządzenia oraz połączeń między nimi. Dobór materiałów. Obliczenia kinematyki, statyki i wytrzymałości elementów urządzenia. Wykonanie w systemie CAD rysunku złożeniowego podzespołu i rysunków warsztatowych wybranych elementów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Methods of evaluation: </w:t>
+        <w:t xml:space="preserve">Metody oceny: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Dyskusja w czasie zajęć
 2. Sprawdzenie i ocena oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej
 3. Omówienie z prowadzącym sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Exam: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literature: </w:t>
+        <w:t xml:space="preserve">Egzamin: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">nie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literatura: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zalecana literatura: 1. Podstawy konstrukcji maszyn, praca zbiorowa pod redakcją M.Dietricha, WNT; 2. L.W. Kurmaz, Projektowanie węzłów i części maszyn, Wydawnictwo Politechniki Świętokrzyskiej; 3. Poradnik Mechanika; 4. Katalog Łożysk Tocznych; 5. Materiały dostarczone przez wykładowcę</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Website of the course: </w:t>
+        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Notes: </w:t>
+        <w:t xml:space="preserve">Uwagi: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Course’s learning outcomes</w:t>
+        <w:t>Efekty przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>General academic profile - knowledge</w:t>
+        <w:t>Profil ogólnoakademicki - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_W1: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_W1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Zna zasady doboru materiałów konstrukcyjnych w procesie projektowania maszyn							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W04</w:t>
@@ -773,147 +773,147 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W01, T1A_W06, T1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_W2: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Ma wiedzę w zakresie doboru pasowań i tolerowania wymiarów jako czynników wpływających na zdolność maszyny do wypełniania określonych funkcji oraz decydujących o trwałości, niezawodności, łatwości montażu i napraw							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_W01, T1A_W02, T1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>General academic profile - skils</w:t>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U1: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zaprojektować układ przeniesienia napędu lub fragment struktur nośnej  statku latającego realizujący ściśle określoną funkcję i spełniający narzucone z góry założenia konstrukcyjne							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10, LiK1_U14, LiK1_U17, LiK1_U19</w:t>
@@ -923,67 +923,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U08, T1A_U09, T1A_U10, T1A_U13, T1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U2: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi sporządzić model uproszczony urządzenia pozwalający na przeprowadzenie poprawnej analizy w zakresie kinematyki i statyki							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10</w:t>
@@ -993,67 +993,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U08, T1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U3: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Posiada umiejętność nadawania elementom maszyny kształtów i wymiarów w taki sposób aby w połączeniu z właściwym doborem materiałów konstrukcyjnych i dostępnych metod wytwarzania zapewnić wytrzymałość, sztywność i stateczność warunkującą poprawne i bezpieczne funkcjonowanie							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U12</w:t>
@@ -1063,67 +1063,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U08, T1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U4: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi wykorzystywać systemy wspomagania projektowania typu CAD/CAE na wszystkich etapach projektowania							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U08</w:t>
@@ -1133,67 +1133,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U5: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Jest w stanie zaproponować i zastosować podparcie elementów przeniesienia napędu na łożyskach różnego typu o odpowiedniej trwałości, właściwie osadzonych, smarowanych, uszczelnionych i zabezpieczonych; potrafi zaproponować i zastosować dla członów pary kinematycznej łatwe w montażu i demontażu obrotowe połączenie sworzniowe lub inne.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10, LiK1_U12</w:t>
@@ -1203,67 +1203,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U08, T1A_U09, T1A_U08, T1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U6: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Umie decydować o dokładności elementów maszyn poprzez wykorzystanie analizy tolerancji, stosowanie określonych pasowań i wybór odpowiedniej chropowatości							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U10, LiK1_U20</w:t>
@@ -1273,67 +1273,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U08, T1A_U09, T1A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U7: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi zaprojektować urządzenie w którym przewidziano odpowiednie dostępy montażowe i obsługowe							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U14</w:t>
@@ -1343,67 +1343,67 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">T1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Effect NK368_U8: </w:t>
+        <w:t xml:space="preserve">Efekt NK368_U8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">							Potrafi odszukać i stosować gotowe podzespoły układów napędowych dostępne na rynku, umie korzystać z odpowiednich norm, specyfikacji materiałów konstrukcyjnych i przepisów							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Verification: </w:t>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w czasie zajęć; sprawdzenie oddanej w ściśle określonym terminie dokumentacji rysunkowej i obliczeniowej; omówienie sprawdzonego projektu – analiza błędów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane efekty kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LiK1_U01, LiK1_U05</w:t>