--- v0 (2026-01-14)
+++ v1 (2026-03-24)
@@ -12,715 +12,715 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Biometria</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr inż. Marcin Iwanowski, iwanowski@ee.pw.edu.pl, +48222345433</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Automatyka i Robotyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obieralne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 / rok ak. 2009/2010</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">15h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Matematyka, przetwarzanie i rozpoznawanie obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Celem przedmiotu jest zaznajomienie studentów z systemami biometrycznymi. Systemy takie wykorzystują naturalne cechy anatomiczne człowieka, które pozwalają na jednoznaczną identyfikację osoby, takie jak odcisk palca, kształt dłoni, wymiary twarzy, wzór siatkówki oka itp. W ramach zajęć zostaną omówione podstawowe sposoby identyfikacji biometrycznej, ich matematyczne podstawy oraz sposoby praktycznej realizacji. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład
 1. Podstawy biometrii        4
 2. Identyfikacja na podstawie odcisków palców    2
 3. Identyfikacja na podstawie siatkówki/rogówki siatkówki oka  2
 4. Wykorzystanie innych cech biometrycznych do identyfikacji wizyjnej 2
 5. Inne systemy identyfikacji biometrycznej     3
 Razem:  15
 W ramach projektu studenci, podzieleni na zespoły, będą mieli za zadanie praktycznie zrealizować wybraną metodę biometryczną w całości lub we fragmencie.  15
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład 50%, projekt 50%</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">b</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
-        <w:t>Efekty przedmiotowe</w:t>
+        <w:t>Course’s learning outcomes</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>